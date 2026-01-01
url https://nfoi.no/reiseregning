--- v0 (2025-10-14)
+++ v1 (2026-01-01)
@@ -1,3579 +1,2529 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...1828 lines deleted...]
-    <w:p w14:paraId="3384EED0" w14:textId="77777777" w:rsidR="00E34B1F" w:rsidRPr="00241FBB" w:rsidRDefault="00E34B1F" w:rsidP="00E34B1F">
+    <w:p w14:paraId="7F9AE190" w14:textId="58D93F7D" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Footlight MT Light" w:hAnsi="Footlight MT Light"/>
+          <w:noProof/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73F2635B" wp14:editId="2A6559DE">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4436110</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1412240" cy="1033145"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="7576" y="2390"/>
+                <wp:lineTo x="6410" y="5178"/>
+                <wp:lineTo x="5827" y="7169"/>
+                <wp:lineTo x="6119" y="9559"/>
+                <wp:lineTo x="4371" y="14338"/>
+                <wp:lineTo x="2040" y="15931"/>
+                <wp:lineTo x="2040" y="18321"/>
+                <wp:lineTo x="6119" y="19117"/>
+                <wp:lineTo x="13986" y="19117"/>
+                <wp:lineTo x="18939" y="18321"/>
+                <wp:lineTo x="19522" y="16728"/>
+                <wp:lineTo x="17482" y="15931"/>
+                <wp:lineTo x="16317" y="13143"/>
+                <wp:lineTo x="15151" y="8762"/>
+                <wp:lineTo x="15151" y="4381"/>
+                <wp:lineTo x="14568" y="2390"/>
+                <wp:lineTo x="7576" y="2390"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="953266283" name="Bilde 1" descr="Et bilde som inneholder Font, Grafikk, logo, symbol&#10;&#10;KI-generert innhold kan være feil."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="953266283" name="Bilde 1" descr="Et bilde som inneholder Font, Grafikk, logo, symbol&#10;&#10;KI-generert innhold kan være feil."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1412240" cy="1033145"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A275FDE" w14:textId="62CC760A" w:rsidR="0093073B" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>REISEREGNINGSSKJEMA FOR NFOI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D85A7C" w14:textId="77777777" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
-        <w:rPr>
-[...147 lines deleted...]
-    <w:p w14:paraId="3384EED7" w14:textId="77777777" w:rsidR="00E34B1F" w:rsidRDefault="00E34B1F" w:rsidP="00E34B1F">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="463C01D8" w14:textId="36A070D2" w:rsidR="00D302D0" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Fornavn:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="49B9E289" w14:textId="4E496516" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Etternavn: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="4D661594" w14:textId="57889D40" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adresse: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="196D2B81" w14:textId="7F1B622E" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Postnr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>./</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sted: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="387A4BC0" w14:textId="079A2311" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E-post: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="03088A31" w14:textId="1672B8FC" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Mobilnr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="40FB8B78" w14:textId="176FA2E5" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Type samling: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="68C41FF3" w14:textId="23E54560" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sted samling: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="47BF5500" w14:textId="68B347A6" w:rsidR="00833BF9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dato: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00754DCA" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="68B35986" w14:textId="122CC3FC" w:rsidR="00D302D0" w:rsidRPr="00833BF9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
-        <w:rPr>
-[...405 lines deleted...]
-    <w:p w14:paraId="3384EEF7" w14:textId="77777777" w:rsidR="002170F7" w:rsidRDefault="00A92D28">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CBBE01E" w14:textId="65A42408" w:rsidR="00D302D0" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Fly (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>legg ved billett eller elektronisk billett</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Kr.:  . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62897E83" w14:textId="650744C9" w:rsidR="00D302D0" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Buss, ferge, tog e.l.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Kr.:  . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6588ECFB" w14:textId="47683B3F" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kjøring egen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>bil:</w:t>
+      </w:r>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Ant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> km </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>á kr. 4,-</w:t>
+      </w:r>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kr.:  . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006943E9" w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21965673" w14:textId="5594B616" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>Parkering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kr.:  . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA2253C" w14:textId="451A494D" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Bomavgift</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Kr.:  . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6E21B6" w14:textId="4CE78C1E" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Diverse (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>spesifisér</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C268E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C268E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Kr.:  . . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34223022" w14:textId="6CAC55D2" w:rsidR="006943E9" w:rsidRPr="00833BF9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Totalsum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Kr.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF527F5" w14:textId="1E9D4F63" w:rsidR="00D302D0" w:rsidRPr="00833BF9" w:rsidRDefault="00D302D0" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DA38C8A" w14:textId="1C203C24" w:rsidR="006943E9" w:rsidRPr="00833BF9" w:rsidRDefault="006943E9" w:rsidP="00833BF9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utbetales til </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>kontonr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. (MÅ OPPGIS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>) ):</w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9" w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00833BF9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . . . . . . .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2969FFCB" w14:textId="20D37E98" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>ALLE KVITTERINGER / BILLETTER MÅ VEDLEGGES</w:t>
+      </w:r>
+      <w:r w:rsidR="00C268E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="00754DCA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38559931" w14:textId="77777777" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04615976" w14:textId="5A0DE59A" w:rsidR="006943E9" w:rsidRPr="006943E9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sted: . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . Dato: . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Sign</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: . . . . </w:t>
+      </w:r>
+      <w:r w:rsidR="00833BF9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. . . . . </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>. . . .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773F56FD" w14:textId="77777777" w:rsidR="006943E9" w:rsidRPr="00833BF9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="190B0FC1" w14:textId="3C9DBEFE" w:rsidR="00C268E9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006943E9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reiseregningen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C268E9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sendes: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00C268E9" w:rsidRPr="00C268E9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperkobling"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="30"/>
+            <w:szCs w:val="30"/>
+          </w:rPr>
+          <w:t>kasserer@nfoi.no</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C268E9" w:rsidRPr="00C268E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C268E9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C268E9" w:rsidRPr="00C268E9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senest 1 måned etter </w:t>
+      </w:r>
+      <w:r w:rsidR="00C268E9" w:rsidRPr="00C268E9">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>reisen)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF88C97" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRDefault="00C268E9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D364CE0" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
-          <w:lang w:val="nb-NO"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="3384EEF8" w14:textId="77777777" w:rsidR="002170F7" w:rsidRDefault="002170F7">
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Veiledning til utfylling av reiseregningsskjemaet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57302D47" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3384EEF9" w14:textId="77777777" w:rsidR="009840FB" w:rsidRDefault="009840FB">
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(denne siden skal ikke sendes inn) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E45D907" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3384EEFA" w14:textId="33570778" w:rsidR="003D3566" w:rsidRDefault="003D3566">
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08A3D264" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:rPr>
-          <w:b/>
-[...112 lines deleted...]
-    <w:p w14:paraId="5BE61441" w14:textId="779AEA0D" w:rsidR="00F72B44" w:rsidRDefault="00F72B44" w:rsidP="00F7660E">
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FCAE8B9" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">For å få refundert reiseutgifter må du fylle ut reiseregningsskjema. Dersom reiseregningsskjemaet ikke medfølger vil pengene ikke bli utbetalt. Skjemaet finner du på </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">For å få refundert reiseutgifter må du fylle ut reiseregningsskjema. Dersom reiseregningsskjemaet ikke </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>medfølger</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vil pengene ikke bli utbetalt. Skjemaet finner du på </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00F7660E" w:rsidRPr="00A50217">
+        <w:r w:rsidRPr="007650D6">
           <w:rPr>
             <w:rStyle w:val="Hyperkobling"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="nb-NO"/>
           </w:rPr>
           <w:t>www.nfoi.no</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F7660E" w:rsidRPr="00A50217">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0D11E618" w14:textId="77777777" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764EC2FE" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0B76D0B8" w14:textId="2D9AC9EE" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="002170F7" w:rsidP="00A50217">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469B768B" w14:textId="41F567E6" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reiseregningen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">og vedlegg </w:t>
+      </w:r>
+      <w:r w:rsidR="00566A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sendes som </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00566A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>pdf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00566A0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> til</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...49 lines deleted...]
-    <w:p w14:paraId="3BE998E3" w14:textId="77777777" w:rsidR="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+        </w:rPr>
+        <w:t xml:space="preserve"> kasserer senest innen 1 måned etter at reisen er foretatt. Refusjonskrav som mottas for seint kan NFOI la være å refundere helt/delvis. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551F9E78" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3384EF00" w14:textId="26418DCC" w:rsidR="002170F7" w:rsidRPr="00A50217" w:rsidRDefault="00747311" w:rsidP="002170F7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="390F319E" w14:textId="37D8324F" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...174 lines deleted...]
-    <w:p w14:paraId="402A4BAD" w14:textId="77777777" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+        </w:rPr>
+        <w:t xml:space="preserve">Skjemaet skal bare brukes til refusjon av reiseutgifter. Har du hatt andre utgifter (for eksempel diett, overnatting, deltakeravgift eller andre typer utlegg) skal du bruke eget skjema for utlegg. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16EF53F1" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="062ECDDA" w14:textId="4FE5DBB3" w:rsidR="00532DAD" w:rsidRPr="00A50217" w:rsidRDefault="002170F7" w:rsidP="002170F7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7673FA59" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...54 lines deleted...]
-    <w:p w14:paraId="51EBFAB0" w14:textId="77777777" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+        </w:rPr>
+        <w:t>Alle refusjonskrav skal ha reiseregningsskjema som forside ved innsending til kasserer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A581234" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="05AE0B5A" w14:textId="0B7CE864" w:rsidR="00532DAD" w:rsidRPr="00A50217" w:rsidRDefault="00532DAD" w:rsidP="00532DAD">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FBF480D" w14:textId="656B63DD" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">Reiseregningsskjema og bilag (kvitteringer) skal sendes i PDF-format på </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A50217">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A50217">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve"> til </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00A50217">
+        <w:r w:rsidRPr="007650D6">
           <w:rPr>
             <w:rStyle w:val="Hyperkobling"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="nb-NO"/>
           </w:rPr>
           <w:t>kasserer@nfoi.no</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A50217">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5130ACBC" w14:textId="77777777" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+    <w:p w14:paraId="683C21E4" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6B062910" w14:textId="5FD6DEDD" w:rsidR="00F72B44" w:rsidRPr="00A50217" w:rsidRDefault="00F72B44" w:rsidP="00F72B44">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65ED1BBD" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="017AD77E" w14:textId="77777777" w:rsidR="00A50217" w:rsidRPr="00A50217" w:rsidRDefault="00A50217" w:rsidP="00A50217">
+        </w:rPr>
+        <w:t xml:space="preserve">Man kan etter avtale med kasserer, sende reiseregningsskjema i vanlig post. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544E21C9" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3E254262" w14:textId="7B22CF62" w:rsidR="00F72B44" w:rsidRPr="00A50217" w:rsidRDefault="00F72B44" w:rsidP="00F72B44">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54730D16" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007650D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
         </w:rPr>
         <w:t>Merk! Du kan ikke forvente å få refundert utgiftene dine før 2 uker etter NFOI har mottatt refusjonskravet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3384EF04" w14:textId="77777777" w:rsidR="002170F7" w:rsidRPr="00A50217" w:rsidRDefault="002170F7" w:rsidP="00F8150F">
+    <w:p w14:paraId="5CC9E280" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="nb-NO"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="002170F7" w:rsidRPr="00A50217" w:rsidSect="004F712F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48033CB7" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3D07C1" w14:textId="77777777" w:rsidR="00C268E9" w:rsidRPr="007650D6" w:rsidRDefault="00C268E9" w:rsidP="00C268E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Plus Jakarta Sans" w:hAnsi="Plus Jakarta Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DABD494" w14:textId="77777777" w:rsidR="006943E9" w:rsidRPr="00C268E9" w:rsidRDefault="006943E9" w:rsidP="00D302D0">
+      <w:pPr>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006943E9" w:rsidRPr="00C268E9" w:rsidSect="006943E9">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="1418" w:bottom="720" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1417" w:bottom="284" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Grande">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Footlight MT Light">
     <w:panose1 w:val="0204060206030A020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Plus Jakarta Sans">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A10000FF" w:usb1="4000607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF1D"/>
-[...138 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1A5DF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB161546"/>
     <w:lvl w:ilvl="0" w:tplc="04140001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3642,173 +2592,132 @@
     <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="560558377">
+  <w:num w:numId="1" w16cid:durableId="965088393">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="280"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EC4504"/>
-[...51 lines deleted...]
-    <w:rsid w:val="00FF1D88"/>
+    <w:rsidRoot w:val="00D302D0"/>
+    <w:rsid w:val="0001365F"/>
+    <w:rsid w:val="00566A0C"/>
+    <w:rsid w:val="006943E9"/>
+    <w:rsid w:val="00754DCA"/>
+    <w:rsid w:val="00833BF9"/>
+    <w:rsid w:val="008C226A"/>
+    <w:rsid w:val="0093073B"/>
+    <w:rsid w:val="00C268E9"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rsid w:val="00DA479A"/>
+    <w:rsid w:val="00FF637A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3384EE85"/>
-  <w15:docId w15:val="{CD76A8C5-E13A-48E2-837F-7A8094DF87E7}"/>
+  <w14:docId w14:val="733DB766"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{52807080-31DF-4A44-8454-7B5A6B5E0F55}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="nb-NO" w:eastAsia="nb-NO" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3921,51 +2830,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4147,592 +3056,923 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Overskrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift1Tegn"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift2Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift3Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
-      <w:lang w:val="nb-NO"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift4Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift5Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift6Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift7Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift8Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift9Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardskriftforavsnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Vanligtabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutenett">
-[...20 lines deleted...]
-    <w:rsid w:val="00631B51"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift1Tegn">
+    <w:name w:val="Overskrift 1 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Merknadstekst">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift2Tegn">
+    <w:name w:val="Overskrift 2 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00631B51"/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MerknadstekstTegn">
-[...2 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift3Tegn">
+    <w:name w:val="Overskrift 3 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift3"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00631B51"/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB" w:eastAsia="nb-NO"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentaremne">
-[...4 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift4Tegn">
+    <w:name w:val="Overskrift 4 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift4"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00631B51"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift5Tegn">
+    <w:name w:val="Overskrift 5 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift6Tegn">
+    <w:name w:val="Overskrift 6 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift7Tegn">
+    <w:name w:val="Overskrift 7 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift8Tegn">
+    <w:name w:val="Overskrift 8 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift9Tegn">
+    <w:name w:val="Overskrift 9 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tittel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TittelTegn"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TittelTegn">
+    <w:name w:val="Tittel Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Tittel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Undertittel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UndertittelTegn"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UndertittelTegn">
+    <w:name w:val="Undertittel Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Undertittel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sitat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SitatTegn"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SitatTegn">
+    <w:name w:val="Sitat Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Sitat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listeavsnitt">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Sterkutheving">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sterktsitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SterktsitatTegn"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SterktsitatTegn">
+    <w:name w:val="Sterkt sitat Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Sterktsitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00D302D0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Sterkreferanse">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
-[...41 lines deleted...]
-      <w:lang w:val="en-GB" w:eastAsia="nb-NO"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72B44"/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F72B44"/>
+    <w:rsid w:val="00D302D0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kasserer@nfoi.no" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nfoi.no" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kasserer@nfoi.no" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nfoi.no" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kasserer@nfoi.no" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>250</Words>
-  <Characters>1428</Characters>
+  <Words>473</Words>
+  <Characters>2513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Etternavn:</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1675</CharactersWithSpaces>
+  <CharactersWithSpaces>2981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Etternavn:</dc:title>
-  <dc:creator>John Douglas</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Dag R. Martiniussen</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>